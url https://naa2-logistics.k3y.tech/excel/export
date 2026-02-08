--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -10,943 +10,2575 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule Export" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="83">
-[...1 lines deleted...]
-    <t>Monday, (08/12/2025)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="612" uniqueCount="178">
+  <si>
+    <t>Monday, (02/02/2026)</t>
   </si>
   <si>
     <t>Vehicle &amp; Driver</t>
   </si>
   <si>
     <t>1st Trip</t>
   </si>
   <si>
     <t>2nd Trip</t>
   </si>
   <si>
     <t>3rd Trip</t>
   </si>
   <si>
     <t>Remark</t>
   </si>
   <si>
-    <t>Kuchai
+    <t>WAWAN
+VEA 2019
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(P) LSL 4 RACK</t>
+  </si>
+  <si>
+    <t>(P) GMK 4 RACK</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>LSL (AB)
+GMK (AB)</t>
+  </si>
+  <si>
+    <t>ISMAIL
+VBE 7688
+3.75 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) BETTER AIR </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) NIWOTA</t>
+    </r>
+  </si>
+  <si>
+    <t>(W) Workshop Puspakom</t>
+  </si>
+  <si>
+    <t>HWA ENGINEERING (AB)</t>
+  </si>
+  <si>
+    <t>BAKAR
+DEN 2023
+3.75 Ton</t>
+  </si>
+  <si>
+    <t>(P) HUP SOON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(P) LSL </t>
+  </si>
+  <si>
+    <t>2 EMPTY RACK SEND LSL
+KINGDEN (AB) HANDLE
+LSL (AB)</t>
+  </si>
+  <si>
+    <t>HASIF
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <t>(P) MATRIX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(G) KINGDEN 4 RACK </t>
+  </si>
+  <si>
+    <t>KINGDEN (AB) 4 RACK</t>
+  </si>
+  <si>
+    <t>HASIM
+BMR 3526
+10.3 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PRUDENT AIRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(W) INAZUME-BKT ANGKAT</t>
+    </r>
+  </si>
+  <si>
+    <t>ZUL
+BLF 4408
+5.5 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(W) SKYFIELD - FLATSHEET </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SKYFIELD 1 PALLET</t>
+    </r>
+  </si>
+  <si>
+    <t>ASRI
+BLV 4686
+4.85 Ton</t>
+  </si>
+  <si>
+    <t>(W) NAA &gt; NAR</t>
+  </si>
+  <si>
+    <t>-
 MDN 2022
 10.65 Ton</t>
   </si>
   <si>
+    <t>(P)  MCMEL A163 TRANSFER</t>
+  </si>
+  <si>
+    <t>NOTE:
+KUCHAI - On Leave</t>
+  </si>
+  <si>
+    <t>Tuesday, (03/02/2026)</t>
+  </si>
+  <si>
+    <t>KUCHAI
+MDN 2022
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(W) LSL</t>
+  </si>
+  <si>
+    <t>(W) GMK</t>
+  </si>
+  <si>
+    <t>(P) DAIKIN-BANTING</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SKB</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) HONG FONG</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) VAUXAIRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AM OFFICE</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Microtop(AB) 15 pcs</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) AAF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DAIKIN - DF 1 PALLET</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(W) MARKLON-KEMUNING</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(W) PIONEER COACH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) CDG</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) BEAUGATES</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AFN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ALCAS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) HUP CHONG</t>
+    </r>
+  </si>
+  <si>
+    <t>FANTAS (AB) RETURN</t>
+  </si>
+  <si>
+    <t>(P) MILLEON</t>
+  </si>
+  <si>
     <t>(P) LSL</t>
   </si>
   <si>
+    <t>LSL (AB)</t>
+  </si>
+  <si>
+    <t>(P) NAA &gt; NAR</t>
+  </si>
+  <si>
+    <t>(P) WECONTECH</t>
+  </si>
+  <si>
+    <t>TWIN METAL (AB) PALLET</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ASIA TENTS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BRITE COAT</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) PUSPAKOM</t>
+  </si>
+  <si>
+    <t>Wednesday, (04/02/2026)</t>
+  </si>
+  <si>
+    <t>ISMAIL
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
     <t>(P) GMK</t>
   </si>
   <si>
-    <t>-</t>
-[...6 lines deleted...]
-    <t>Wawan
+    <t>GMK(AB)</t>
+  </si>
+  <si>
+    <t>(P) PCA-KERRY</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) SERAYA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) KINGDEN 1 RACK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) KL STAR</t>
+    </r>
+  </si>
+  <si>
+    <t>KINGDEN (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) YHL </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MAYTECH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PCA</t>
+    </r>
+  </si>
+  <si>
+    <t>ZENSHIN (AB)
+LSL (AB)</t>
+  </si>
+  <si>
+    <t>HASIF
+BLF 4408
+5.5 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SYSTEMAIR HVAC</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) CS YAP</t>
+    </r>
+  </si>
+  <si>
+    <t>(I) TRUE SIMPLE ( POSTPONE )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLASH TIMBER (AB)
+CHIN CHUN (AB)
+</t>
+  </si>
+  <si>
+    <t>HASIM
+VBE 7688
+3.75 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) GLS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ELITEFLEX</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) TROX</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">ELITEFLEX (AB)
+</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) NAA &gt; NAR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MUISOON</t>
+    </r>
+  </si>
+  <si>
+    <t>ZUL
+WAWAN
 VEA 2019
 10.65 Ton</t>
   </si>
   <si>
-    <t>(P) Daikin-DF 4 Pallet</t>
-[...10 lines deleted...]
-      <t>(P) Teknion 2 Rack + 1 Pallet</t>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SANTA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PCA STEEL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SANTRUM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) EINDEC</t>
+    </r>
+  </si>
+  <si>
+    <t>JOHOR NAA</t>
+  </si>
+  <si>
+    <t>ZAIDI
+BMR 3526
+10.3 Ton</t>
+  </si>
+  <si>
+    <t>(I)  Teknion 1 Rack + 1 Pallet + 2 Tong</t>
+  </si>
+  <si>
+    <t>IKHWAN
+VEA 2019
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(P) DAIKIN</t>
+  </si>
+  <si>
+    <t>Thursday, (05/02/2026)</t>
+  </si>
+  <si>
+    <t>ZUL
+VEA 2019
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(L) Carrier 4 pallet</t>
+  </si>
+  <si>
+    <t>GMK (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) GDD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BETTER AIRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DELUX</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) KINGDEN</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) LK Office</t>
-[...115 lines deleted...]
-    <t>Zul
+      <t>(P) MDN 2022</t>
+    </r>
+  </si>
+  <si>
+    <t>STD (AB)
+KINGDEN (AB) 2 RACK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SPACE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DENPASAR</t>
+    </r>
+  </si>
+  <si>
+    <t>LSL(AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BREEZWAY@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) GOH BROTHER</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) THONG SEH</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ZENITH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) KENTRAX</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DEZEL</t>
+    </r>
+  </si>
+  <si>
+    <t>KUCHAI
+HASIF
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) TWIN METAL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AKSESORI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AIRE CONTROL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) RUSKIN</t>
+    </r>
+  </si>
+  <si>
+    <t>PENANG NAA</t>
+  </si>
+  <si>
+    <t>IKHWAN
 BLF 4408
 5.5 Ton</t>
   </si>
   <si>
-    <r>
-[...32 lines deleted...]
-    <t>Hasim
+    <t>(P) TRUE SIMPLE</t>
+  </si>
+  <si>
+    <t>NOTE:
+WAWAN - On Leave</t>
+  </si>
+  <si>
+    <t>Friday, (06/02/2026)</t>
+  </si>
+  <si>
+    <t>LSL(AB)
+GMK(AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OD-TSM (BILLET)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) JEMARAMAS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) MAGNETIC </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MECH REF</t>
+    </r>
+  </si>
+  <si>
+    <t>BREEZWAY (AB) 16932</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PIONEER COACH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) LANDCHART</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) JEMARAMAS-TWO M POWDER COAT</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) INTEM RENO-PROGANA</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MILLEON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PACIFIC-H.S.P</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) KINGDEN 2 RACK</t>
+  </si>
+  <si>
+    <t>(I) DAIKIN 2 RACKS</t>
+  </si>
+  <si>
+    <t>(P) IMPACT METAL 1  RACK  (7m)</t>
+  </si>
+  <si>
+    <t>SKYFIELD (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) PLASTECH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) CALART</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) TACHITICA</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) FANTAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+FANTAS (AB) RACK KOSONG</t>
+  </si>
+  <si>
+    <t>WAWAN
+BLV 4686
+4.85 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P)  OPTIMA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OPTIMA 1 EMPTY BABY RACK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) VEA 2019</t>
+    </r>
+  </si>
+  <si>
+    <t>OPTIMA (AB) PALLET</t>
+  </si>
+  <si>
+    <t>NOTE:
+ASRI - On Leave</t>
+  </si>
+  <si>
+    <t>Saturday, (07/02/2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) WORKSHOP TYRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MAH SWEE TEE</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">LSL(AB)
+</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PRUDENT AIRE@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AMAX-WEI HUNG</t>
+    </r>
+  </si>
+  <si>
+    <t>(Z) 1.00pm</t>
+  </si>
+  <si>
+    <t>(P) ASLI</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) GMK-FLATSHEET </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) GMK 2 Pallet</t>
+    </r>
+  </si>
+  <si>
+    <t>PAVONA (AB)
+GMK (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PACIFIC FACADE- SG BESI@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) M ABU BAKAR- FLATSHEET@</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) NAA SCRAP</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) NAR SCRAP</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) DAIKEI</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) KINGDEN </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) VAUXAIRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BLF 4408</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) BUANG KAYU 2PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(I) Workshop Puspakom </t>
+  </si>
+  <si>
+    <t>NOTE:
+ASRI - On Leave
+ZAIDI - ON LEAVE</t>
+  </si>
+  <si>
+    <t>Sunday, (08/02/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (09/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) MULTI</t>
+  </si>
+  <si>
+    <t>(P) HUP SOON@</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) EMERSONS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PCA SIGN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(G) BREEZWAY-@14928 WHITE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AFN@</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DAIKIN-DF 2 PALLET</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) YORK</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) Teknion 1 Pallet</t>
+  </si>
+  <si>
+    <t>(AB) Teknion 1 Pallet</t>
+  </si>
+  <si>
+    <t>(P) NAA-NAR</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MNPL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SANTRUM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ALLIED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BETON</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) OPTIMA 2 RACK@</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(I) Puspakom </t>
+  </si>
+  <si>
+    <t>Tuesday, (10/02/2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) TERUS MAJU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OCTAGON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON-KAJANG</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) AAF</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) CHAN CHON FLATSHEET REJECT </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P)  CHAN CHON</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) BRITE COAT</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ONE DRAGON-SYMPHONY</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P)  CS YAP</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MEGAFOLD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON-BKT KEMUNING</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">(P) PAVONA </t>
+  </si>
+  <si>
+    <t>(P) POWER METAL</t>
+  </si>
+  <si>
+    <t>(P) MULLEON (OPTIMA)</t>
+  </si>
+  <si>
+    <t>-
 BMR 3526
 10.3 Ton</t>
   </si>
   <si>
-    <t>(P) Merryfair</t>
-[...16 lines deleted...]
-    <t>Hasif
+    <t>(Z) Teknion transfer</t>
+  </si>
+  <si>
+    <t>NOTE:
+HASIF - On Leave
+IKHWAN - OL(PM) - On Leave
+HASIM - On Leave</t>
+  </si>
+  <si>
+    <t>Wednesday, (11/02/2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PRUDENT AIRE@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AMBRAX-WEI HUNG</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DELUX-28</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ONE DRAGON-BEAUGATES</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OCTOLUX</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) OPTIMA 5 RACK</t>
+  </si>
+  <si>
+    <t>(P) MODU</t>
+  </si>
+  <si>
+    <t>KUCHAI
+HASIM
+MDN 2022
+10.65 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) WECONTECH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MDS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) RUSKIN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) TWIN METAL</t>
+    </r>
+  </si>
+  <si>
+    <t>NOTE:
+IKHWAN - On Leave
+HASIF - On Leave</t>
+  </si>
+  <si>
+    <t>Thursday, (12/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) AAF@</t>
+  </si>
+  <si>
+    <t>ZUL
+WAWAN
 BPA 5044
 8.7 Ton</t>
   </si>
   <si>
-    <t>(P) MCMEL A158 Transfer</t>
-[...186 lines deleted...]
-  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MNPL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SANTRUM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Marklon-Puchong</t>
-[...212 lines deleted...]
-  <si>
+      <t>(P) BETON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ALLIED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Niwota</t>
-[...217 lines deleted...]
-    <t>Sunday, (21/12/2025)</t>
+      <t>(P) WIREKA</t>
+    </r>
+  </si>
+  <si>
+    <t>Friday, (13/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) BETTER AIRE</t>
+  </si>
+  <si>
+    <t>(P) HAO HAN</t>
+  </si>
+  <si>
+    <t>Saturday, (14/02/2026)</t>
+  </si>
+  <si>
+    <t>SANWING LOAD</t>
+  </si>
+  <si>
+    <t>Sunday, (15/02/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (16/02/2026)</t>
+  </si>
+  <si>
+    <t>Tuesday, (17/02/2026)</t>
+  </si>
+  <si>
+    <t>Wednesday, (18/02/2026)</t>
+  </si>
+  <si>
+    <t>Thursday, (19/02/2026)</t>
+  </si>
+  <si>
+    <t>SUNWING LOAD</t>
+  </si>
+  <si>
+    <t>Friday, (20/02/2026)</t>
+  </si>
+  <si>
+    <t>Saturday, (21/02/2026)</t>
+  </si>
+  <si>
+    <t>Sunday, (22/02/2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -1005,54 +2637,54 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1309,51 +2941,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E103"/>
+  <dimension ref="A1:E176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="5" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -1365,1380 +2997,2353 @@
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="60" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="60" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="60" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="60" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="B6" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="60" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="60" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="4" t="s">
+      <c r="B8" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="4" t="s">
-        <v>27</v>
+      <c r="C8" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="60" customHeight="1">
       <c r="A9" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="60" customHeight="1">
       <c r="A10" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="60" customHeight="1">
+      <c r="A11" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C10" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B13" s="2" t="s">
+      <c r="B14" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C14" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D14" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>5</v>
-      </c>
-[...15 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="60" customHeight="1">
       <c r="A15" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="60" customHeight="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="80" customHeight="1">
       <c r="A16" s="3" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C16" s="4" t="s">
         <v>36</v>
       </c>
+      <c r="C16" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="D16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="60" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="4" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="B17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>40</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="E17" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="60" customHeight="1">
       <c r="A18" s="3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>41</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>42</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="60" customHeight="1">
       <c r="A19" s="3" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>6</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E19" s="6" t="s">
-        <v>42</v>
+      <c r="E19" s="3" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="60" customHeight="1">
       <c r="A20" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="60" customHeight="1">
       <c r="A21" s="3" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>9</v>
-[...9 lines deleted...]
-      <c r="E23" s="1"/>
+        <v>49</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="60" customHeight="1">
+      <c r="A22" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="2" t="s">
+      <c r="A24" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="2" t="s">
+      <c r="B25" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C25" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D25" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>5</v>
-      </c>
-[...15 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="60" customHeight="1">
       <c r="A26" s="3" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="C26" s="5" t="s">
-        <v>46</v>
+      <c r="C26" s="4" t="s">
+        <v>54</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" ht="80" customHeight="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="60" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="B27" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>57</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="60" customHeight="1">
       <c r="A28" s="3" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>59</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="60" customHeight="1">
       <c r="A29" s="3" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" ht="80" customHeight="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="60" customHeight="1">
       <c r="A30" s="3" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="60" customHeight="1">
       <c r="A31" s="3" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="80" customHeight="1">
+      <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="60" customHeight="1">
+      <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="60" customHeight="1">
+      <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="60" customHeight="1">
+      <c r="A38" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C38" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...28 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="D38" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="60" customHeight="1">
+      <c r="A39" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="60" customHeight="1">
+      <c r="A40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="60" customHeight="1">
+      <c r="A41" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="60" customHeight="1">
+      <c r="A42" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="80" customHeight="1">
+      <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="60" customHeight="1">
+      <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="60" customHeight="1">
+      <c r="A45" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="6"/>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6"/>
+      <c r="E45" s="6"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B35" s="2" t="s">
+      <c r="B48" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C48" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D48" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="E48" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="30" customHeight="1">
-[...17 lines deleted...]
-      <c r="A38" s="1" t="s">
+    <row r="49" spans="1:5" ht="60" customHeight="1">
+      <c r="A49" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="60" customHeight="1">
+      <c r="A50" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="60" customHeight="1">
+      <c r="A51" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="60" customHeight="1">
+      <c r="A52" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B38" s="1"/>
-[...5 lines deleted...]
-      <c r="A39" s="2" t="s">
+    </row>
+    <row r="53" spans="1:5" ht="60" customHeight="1">
+      <c r="A53" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="60" customHeight="1">
+      <c r="A54" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="60" customHeight="1">
+      <c r="A55" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="60" customHeight="1">
+      <c r="A56" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B56" s="6"/>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6"/>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B39" s="2" t="s">
+      <c r="B59" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C59" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="D59" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="E59" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="40" spans="1:5" ht="30" customHeight="1">
-[...353 lines deleted...]
-        <v>5</v>
+    <row r="60" spans="1:5" ht="60" customHeight="1">
+      <c r="A60" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="60" customHeight="1">
+      <c r="A61" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="60" customHeight="1">
+      <c r="A62" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="60" customHeight="1">
+      <c r="A63" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="60" customHeight="1">
+      <c r="A64" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="60" customHeight="1">
+      <c r="A65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="30" customHeight="1">
       <c r="A66" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B66" s="4" t="s">
-        <v>73</v>
+      <c r="B66" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="30" customHeight="1">
       <c r="A67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="68" spans="1:5" ht="30" customHeight="1">
+    <row r="68" spans="1:5" ht="60" customHeight="1">
       <c r="A68" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>33</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>125</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="69" spans="1:5" ht="30" customHeight="1">
-[...74 lines deleted...]
-      <c r="E74" s="1"/>
+    <row r="69" spans="1:5" ht="60" customHeight="1">
+      <c r="A69" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B69" s="6"/>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+      <c r="E69" s="6"/>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B71" s="1"/>
+      <c r="C71" s="1"/>
+      <c r="D71" s="1"/>
+      <c r="E71" s="1"/>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" s="3"/>
+      <c r="B73" s="3"/>
+      <c r="C73" s="3"/>
+      <c r="D73" s="3"/>
+      <c r="E73" s="3"/>
     </row>
     <row r="75" spans="1:5">
-      <c r="A75" s="2" t="s">
+      <c r="A75" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B75" s="1"/>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B75" s="2" t="s">
+      <c r="B76" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C76" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D75" s="2" t="s">
+      <c r="D76" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="E76" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="76" spans="1:5">
-[...32 lines deleted...]
-    <row r="80" spans="1:5" ht="30" customHeight="1">
+    <row r="77" spans="1:5" ht="60" customHeight="1">
+      <c r="A77" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="60" customHeight="1">
+      <c r="A78" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="60" customHeight="1">
+      <c r="A79" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="60" customHeight="1">
       <c r="A80" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>23</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>54</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:5" ht="30" customHeight="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="60" customHeight="1">
       <c r="A81" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>27</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>136</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="82" spans="1:5" ht="30" customHeight="1">
+    <row r="82" spans="1:5" ht="80" customHeight="1">
       <c r="A82" s="3" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="30" customHeight="1">
       <c r="A83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C83" s="3" t="s">
-        <v>9</v>
+      <c r="C83" s="4" t="s">
+        <v>138</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="30" customHeight="1">
       <c r="A84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="85" spans="1:5" ht="30" customHeight="1">
+    <row r="85" spans="1:5" ht="60" customHeight="1">
       <c r="A85" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>33</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>139</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="86" spans="1:5" ht="30" customHeight="1">
-[...17 lines deleted...]
-      <c r="A87" s="3" t="s">
+    <row r="87" spans="1:5">
+      <c r="A87" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="60" customHeight="1">
+      <c r="A89" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="60" customHeight="1">
+      <c r="A90" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="60" customHeight="1">
+      <c r="A91" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="80" customHeight="1">
+      <c r="A92" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B87" s="4" t="s">
-[...22 lines deleted...]
-      <c r="A90" s="2" t="s">
+      <c r="B92" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="60" customHeight="1">
+      <c r="A93" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="60" customHeight="1">
+      <c r="A94" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="30" customHeight="1">
+      <c r="A95" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="60" customHeight="1">
+      <c r="A96" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="80" customHeight="1">
+      <c r="A97" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B97" s="6"/>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6"/>
+      <c r="E97" s="6"/>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B99" s="1"/>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B90" s="2" t="s">
+      <c r="B100" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C90" s="2" t="s">
+      <c r="C100" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D90" s="2" t="s">
+      <c r="D100" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="E100" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="91" spans="1:5" ht="30" customHeight="1">
-[...26 lines deleted...]
-      <c r="A94" s="2" t="s">
+    <row r="101" spans="1:5" ht="40" customHeight="1">
+      <c r="A101" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="40" customHeight="1">
+      <c r="A102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="60" customHeight="1">
+      <c r="A103" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="30" customHeight="1">
+      <c r="A104" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="30" customHeight="1">
+      <c r="A105" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="80" customHeight="1">
+      <c r="A106" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="60" customHeight="1">
+      <c r="A107" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B107" s="6"/>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6"/>
+      <c r="E107" s="6"/>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B109" s="1"/>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B94" s="2" t="s">
+      <c r="B110" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C94" s="2" t="s">
+      <c r="C110" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D94" s="2" t="s">
+      <c r="D110" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="E110" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="95" spans="1:5">
-[...16 lines deleted...]
-      <c r="A98" s="2" t="s">
+    <row r="111" spans="1:5" ht="30" customHeight="1">
+      <c r="A111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="30" customHeight="1">
+      <c r="A112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="30" customHeight="1">
+      <c r="A113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="30" customHeight="1">
+      <c r="A114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="30" customHeight="1">
+      <c r="A115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="100" customHeight="1">
+      <c r="A116" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="60" customHeight="1">
+      <c r="A117" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B117" s="6"/>
+      <c r="C117" s="6"/>
+      <c r="D117" s="6"/>
+      <c r="E117" s="6"/>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B119" s="1"/>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+    </row>
+    <row r="120" spans="1:5">
+      <c r="A120" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B98" s="2" t="s">
+      <c r="B120" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="C120" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D98" s="2" t="s">
+      <c r="D120" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="E120" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="99" spans="1:5">
-[...16 lines deleted...]
-      <c r="A102" s="2" t="s">
+    <row r="121" spans="1:5" ht="30" customHeight="1">
+      <c r="A121" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="30" customHeight="1">
+      <c r="A122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="60" customHeight="1">
+      <c r="A123" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B123" s="6"/>
+      <c r="C123" s="6"/>
+      <c r="D123" s="6"/>
+      <c r="E123" s="6"/>
+    </row>
+    <row r="125" spans="1:5">
+      <c r="A125" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B125" s="1"/>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B102" s="2" t="s">
+      <c r="B126" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C102" s="2" t="s">
+      <c r="C126" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D102" s="2" t="s">
+      <c r="D126" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="E126" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="103" spans="1:5">
-[...4 lines deleted...]
-      <c r="E103" s="3"/>
+    <row r="127" spans="1:5" ht="30" customHeight="1">
+      <c r="A127" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="30" customHeight="1">
+      <c r="A128" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="30" customHeight="1">
+      <c r="A129" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="30" customHeight="1">
+      <c r="A130" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="30" customHeight="1">
+      <c r="A131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="30" customHeight="1">
+      <c r="A132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="30" customHeight="1">
+      <c r="A133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="30" customHeight="1">
+      <c r="A134" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="60" customHeight="1">
+      <c r="A135" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B135" s="6"/>
+      <c r="C135" s="6"/>
+      <c r="D135" s="6"/>
+      <c r="E135" s="6"/>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B137" s="1"/>
+      <c r="C137" s="1"/>
+      <c r="D137" s="1"/>
+      <c r="E137" s="1"/>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" s="3"/>
+      <c r="B139" s="3"/>
+      <c r="C139" s="3"/>
+      <c r="D139" s="3"/>
+      <c r="E139" s="3"/>
+    </row>
+    <row r="140" spans="1:5" ht="60" customHeight="1">
+      <c r="A140" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B140" s="6"/>
+      <c r="C140" s="6"/>
+      <c r="D140" s="6"/>
+      <c r="E140" s="6"/>
+    </row>
+    <row r="142" spans="1:5">
+      <c r="A142" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B142" s="1"/>
+      <c r="C142" s="1"/>
+      <c r="D142" s="1"/>
+      <c r="E142" s="1"/>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" s="3"/>
+      <c r="B144" s="3"/>
+      <c r="C144" s="3"/>
+      <c r="D144" s="3"/>
+      <c r="E144" s="3"/>
+    </row>
+    <row r="145" spans="1:5" ht="60" customHeight="1">
+      <c r="A145" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B145" s="6"/>
+      <c r="C145" s="6"/>
+      <c r="D145" s="6"/>
+      <c r="E145" s="6"/>
+    </row>
+    <row r="147" spans="1:5">
+      <c r="A147" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B147" s="1"/>
+      <c r="C147" s="1"/>
+      <c r="D147" s="1"/>
+      <c r="E147" s="1"/>
+    </row>
+    <row r="148" spans="1:5">
+      <c r="A148" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5">
+      <c r="A149" s="3"/>
+      <c r="B149" s="3"/>
+      <c r="C149" s="3"/>
+      <c r="D149" s="3"/>
+      <c r="E149" s="3"/>
+    </row>
+    <row r="151" spans="1:5">
+      <c r="A151" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B151" s="1"/>
+      <c r="C151" s="1"/>
+      <c r="D151" s="1"/>
+      <c r="E151" s="1"/>
+    </row>
+    <row r="152" spans="1:5">
+      <c r="A152" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5">
+      <c r="A153" s="3"/>
+      <c r="B153" s="3"/>
+      <c r="C153" s="3"/>
+      <c r="D153" s="3"/>
+      <c r="E153" s="3"/>
+    </row>
+    <row r="155" spans="1:5">
+      <c r="A155" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B155" s="1"/>
+      <c r="C155" s="1"/>
+      <c r="D155" s="1"/>
+      <c r="E155" s="1"/>
+    </row>
+    <row r="156" spans="1:5">
+      <c r="A156" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="30" customHeight="1">
+      <c r="A157" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" ht="30" customHeight="1">
+      <c r="A158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="30" customHeight="1">
+      <c r="A159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="30" customHeight="1">
+      <c r="A160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="30" customHeight="1">
+      <c r="A161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="30" customHeight="1">
+      <c r="A162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="30" customHeight="1">
+      <c r="A163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="30" customHeight="1">
+      <c r="A164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5">
+      <c r="A166" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B166" s="1"/>
+      <c r="C166" s="1"/>
+      <c r="D166" s="1"/>
+      <c r="E166" s="1"/>
+    </row>
+    <row r="167" spans="1:5">
+      <c r="A167" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5">
+      <c r="A168" s="3"/>
+      <c r="B168" s="3"/>
+      <c r="C168" s="3"/>
+      <c r="D168" s="3"/>
+      <c r="E168" s="3"/>
+    </row>
+    <row r="170" spans="1:5">
+      <c r="A170" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B170" s="1"/>
+      <c r="C170" s="1"/>
+      <c r="D170" s="1"/>
+      <c r="E170" s="1"/>
+    </row>
+    <row r="171" spans="1:5">
+      <c r="A171" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5">
+      <c r="A172" s="3"/>
+      <c r="B172" s="3"/>
+      <c r="C172" s="3"/>
+      <c r="D172" s="3"/>
+      <c r="E172" s="3"/>
+    </row>
+    <row r="174" spans="1:5">
+      <c r="A174" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B174" s="1"/>
+      <c r="C174" s="1"/>
+      <c r="D174" s="1"/>
+      <c r="E174" s="1"/>
+    </row>
+    <row r="175" spans="1:5">
+      <c r="A175" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5">
+      <c r="A176" s="3"/>
+      <c r="B176" s="3"/>
+      <c r="C176" s="3"/>
+      <c r="D176" s="3"/>
+      <c r="E176" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="32">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A12:E12"/>
-[...10 lines deleted...]
-    <mergeCell ref="A93:E93"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="A13:E13"/>
+    <mergeCell ref="A24:E24"/>
+    <mergeCell ref="A36:E36"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A56:E56"/>
+    <mergeCell ref="A58:E58"/>
+    <mergeCell ref="A69:E69"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A87:E87"/>
     <mergeCell ref="A97:E97"/>
-    <mergeCell ref="A101:E101"/>
+    <mergeCell ref="A99:E99"/>
+    <mergeCell ref="A107:E107"/>
+    <mergeCell ref="A109:E109"/>
+    <mergeCell ref="A117:E117"/>
+    <mergeCell ref="A119:E119"/>
+    <mergeCell ref="A123:E123"/>
+    <mergeCell ref="A125:E125"/>
+    <mergeCell ref="A135:E135"/>
+    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A140:E140"/>
+    <mergeCell ref="A142:E142"/>
+    <mergeCell ref="A145:E145"/>
+    <mergeCell ref="A147:E147"/>
+    <mergeCell ref="A151:E151"/>
+    <mergeCell ref="A155:E155"/>
+    <mergeCell ref="A166:E166"/>
+    <mergeCell ref="A170:E170"/>
+    <mergeCell ref="A174:E174"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Schedule Export</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>